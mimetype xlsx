--- v0 (2025-12-26)
+++ v1 (2026-03-02)
@@ -844,53 +844,53 @@
     <t>UNIVERSAL TECH INST-PA</t>
   </si>
   <si>
     <t>ROBERT BURNS
 AGENCY COORDINATOR
 robeburns@uti.edu</t>
   </si>
   <si>
     <t>(623) 445-0832</t>
   </si>
   <si>
     <t>UNIVERSITY OF VALLEY FORGE</t>
   </si>
   <si>
     <t>JARED SIDDALL
 FIN AID SPECIALIST
 jmsiddall@valleyforge.edu</t>
   </si>
   <si>
     <t>(610) 917-1433</t>
   </si>
   <si>
     <t>WEST CHESTER UNIV OF PA</t>
   </si>
   <si>
-    <t>TORI NUCCIO
+    <t>Ian Davis
 INTERM ASOOC DIRCT
-tnuccio@wcupa.edu</t>
+idavis@wcupa.edu</t>
   </si>
   <si>
     <t>(610) 436-2627</t>
   </si>
   <si>
     <t>Clarion</t>
   </si>
   <si>
     <t>CLARION UNIV OF PENNSYLVANIA</t>
   </si>
   <si>
     <t>ANNA DRAYER
 ASST DIR OF FIN AID
 adrayer@clarion.edu</t>
   </si>
   <si>
     <t>(814) 393-2315</t>
   </si>
   <si>
     <t>ISAAC LEONARD
 ADMIN COUNSELOR
 ileonard@clarion.edu</t>
   </si>
   <si>
     <t>(814) 393-2306</t>
@@ -1727,53 +1727,53 @@
 clarke.paine@fandm.edu</t>
   </si>
   <si>
     <t>(717) 358-3991</t>
   </si>
   <si>
     <t>Ruth Brumigan
 Director of Financial Aid
 rbrumagin@fortisinstitute.edu</t>
   </si>
   <si>
     <t>LANCASTER BIBLE COLLEGE</t>
   </si>
   <si>
     <t>ROSIE LAMMEY
 AST DIR FINAN AID
 rlammey@lbc.edu</t>
   </si>
   <si>
     <t>(717) 560-8200 x5436</t>
   </si>
   <si>
     <t>MILLERSVILLE UNIV OF PA</t>
   </si>
   <si>
-    <t>KRISTEN CASTALDI
-[...1 lines deleted...]
-kristen.castaldi@millersville.edu</t>
+    <t>Emiyaril Alvarez Alvarez
+DIRECTOR OF FINANCIAL AID
+Emiyaril.Alvarez@millersville.edu</t>
   </si>
   <si>
     <t>(717) 871-5100</t>
   </si>
   <si>
     <t>MILLERSVILLE UNIVERSITY</t>
   </si>
   <si>
     <t>BRANDYN WHITMYER
 VA &amp; SG COORDINATOR
 FA.MAIL@MILLERSVILLE.EDU</t>
   </si>
   <si>
     <t>Office of Financial aid
 Millersville University of PA</t>
   </si>
   <si>
     <t>Emi Alvarez
 Associate Director of Financial Aid
 Emiyaril.Alvarez@millersville.edu</t>
   </si>
   <si>
     <t>PA COLLEGE OF HEALTH SCIENCES</t>
   </si>
   <si>